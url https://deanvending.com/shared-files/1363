--- v0 (2025-10-08)
+++ v1 (2026-03-04)
@@ -1,126 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/bf66e86ccaaff849/Desktop/Dean/schedules/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9D166055-2967-489F-9188-2E5F4452A38F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{20DA0C8A-3A2A-475C-8E8A-DDFD3AE34985}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1920" yWindow="744" windowWidth="11688" windowHeight="12216" xr2:uid="{34DE5F7A-838B-4058-AA15-D0C42EC6F2D6}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{4055BBD3-C022-4B92-86B5-B2722AAF72E2}"/>
   </bookViews>
   <sheets>
-    <sheet name="MTRF25-20251003-report (2)" sheetId="2" r:id="rId1"/>
+    <sheet name="MTRF25-20260226-report (1)" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="668" uniqueCount="41">
   <si>
     <t>Dean Vending</t>
   </si>
   <si>
     <t>61 Bedford St. SE</t>
   </si>
   <si>
     <t>Minneapolis, MN 55414</t>
   </si>
   <si>
     <t>Schedule Report for MTRF25 - Maple Tavern Thursday F25</t>
   </si>
   <si>
-    <t>Report Date: 10/03/2025 8:25 AM</t>
+    <t>Report Date: 2/26/2026 11:36 AM</t>
   </si>
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Div.</t>
   </si>
   <si>
     <t>Team / Site Name</t>
   </si>
   <si>
     <t>Site Address</t>
   </si>
   <si>
     <t>Site Phone</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>ADAM AND SCOTT</t>
   </si>
   <si>
     <t>Maple Tavern</t>
   </si>
   <si>
     <t> 9375 Deerwood Lane N Maple Grove, MN 55369</t>
   </si>
   <si>
     <t>Alex And Jared</t>
   </si>
   <si>
     <t>BOLANDERS X2</t>
   </si>
   <si>
     <t>BORRACHOS</t>
   </si>
   <si>
     <t>CHRIS AND NATHAN</t>
   </si>
   <si>
     <t>Dart Of Hazard.</t>
   </si>
   <si>
-    <t>DONNA NAD VINCENT</t>
+    <t>DONNA AND VINCENT</t>
   </si>
   <si>
     <t>DREW AND ZACH</t>
   </si>
   <si>
     <t>Gerth X2</t>
   </si>
   <si>
     <t>HAJDER DOT COM</t>
   </si>
   <si>
     <t>HARRIS X2</t>
   </si>
   <si>
     <t>JEROME AND SARAH</t>
   </si>
   <si>
     <t>JUST THE TIP</t>
   </si>
   <si>
     <t>PAPPI AND YOYO</t>
   </si>
   <si>
     <t>PFARLEY</t>
   </si>
@@ -139,51 +140,51 @@
   <si>
     <t>WARREN X2</t>
   </si>
   <si>
     <t>Division A</t>
   </si>
   <si>
     <t>Week</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Home</t>
   </si>
   <si>
     <t>Away</t>
   </si>
   <si>
     <t>At</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
-    <t>© 2025 TouchTunes Music Company, LLC. All rights reserved. | Created by LeagueLeader</t>
+    <t>© 2026 TouchTunes Music Company, LLC. All rights reserved. | Created by LeagueLeader</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -621,52 +622,56 @@
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="mediumDashed">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="mediumDashed">
+        <color rgb="FF000000"/>
+      </right>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -809,51 +814,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="https://www.leagueleader.net/operatorlogo.php?operatorid=440&amp;leagueid=214" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>563880</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>129540</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2049" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F89FC75-CAEA-084F-19C7-DA9FB663B52E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EE85472-DA6D-1411-7318-CE01A582E939}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:link="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="861060" cy="861060"/>
         </a:xfrm>
@@ -870,51 +875,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>861060</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>129540</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2050" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FD0EB51-2BA6-5DE0-68F9-CC848FC2ACDE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13A414C9-AECF-95FA-A327-E78E7072F7FD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:link="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1661160" y="0"/>
           <a:ext cx="861060" cy="861060"/>
         </a:xfrm>
@@ -1232,55 +1237,55 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{092FB05B-C4A1-4FED-AA75-9FADEF2E1AE2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C43520F7-79F1-4C85-A169-4A9156D0A9E1}">
   <dimension ref="A1:F266"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection sqref="A1:A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="4.33203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.88671875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="35.5546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.44140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="5.21875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="3"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
@@ -2578,2167 +2583,2167 @@
       </c>
       <c r="E109" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F109" s="10"/>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A110" s="10"/>
       <c r="B110" s="10"/>
       <c r="C110" s="12" t="s">
         <v>15</v>
       </c>
       <c r="D110" s="12" t="s">
         <v>24</v>
       </c>
       <c r="E110" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F110" s="10"/>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A111" s="10">
         <v>6</v>
       </c>
       <c r="B111" s="11">
-        <v>45967</v>
+        <v>45974</v>
       </c>
       <c r="C111" s="10"/>
       <c r="D111" s="10"/>
       <c r="E111" s="10"/>
       <c r="F111" s="10"/>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A112" s="10"/>
       <c r="B112" s="10"/>
       <c r="C112" s="12" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="D112" s="12" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E112" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F112" s="10"/>
     </row>
     <row r="113" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A113" s="10"/>
       <c r="B113" s="10"/>
       <c r="C113" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D113" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E113" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F113" s="10"/>
     </row>
     <row r="114" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A114" s="10"/>
       <c r="B114" s="10"/>
       <c r="C114" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D114" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E114" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F114" s="10"/>
     </row>
     <row r="115" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A115" s="10"/>
       <c r="B115" s="10"/>
       <c r="C115" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D115" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E115" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F115" s="10"/>
     </row>
     <row r="116" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A116" s="10"/>
       <c r="B116" s="10"/>
       <c r="C116" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D116" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E116" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F116" s="10"/>
     </row>
     <row r="117" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A117" s="10"/>
       <c r="B117" s="10"/>
       <c r="C117" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D117" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E117" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F117" s="10"/>
     </row>
     <row r="118" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A118" s="10"/>
       <c r="B118" s="10"/>
       <c r="C118" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D118" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E118" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F118" s="10"/>
     </row>
     <row r="119" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A119" s="10"/>
       <c r="B119" s="10"/>
       <c r="C119" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D119" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E119" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F119" s="10"/>
     </row>
     <row r="120" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A120" s="10"/>
       <c r="B120" s="10"/>
       <c r="C120" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D120" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E120" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F120" s="10"/>
     </row>
     <row r="121" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A121" s="10"/>
       <c r="B121" s="10"/>
       <c r="C121" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D121" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E121" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F121" s="10"/>
     </row>
     <row r="122" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A122" s="10">
         <v>7</v>
       </c>
       <c r="B122" s="11">
-        <v>45974</v>
+        <v>45981</v>
       </c>
       <c r="C122" s="10"/>
       <c r="D122" s="10"/>
       <c r="E122" s="10"/>
       <c r="F122" s="10"/>
     </row>
     <row r="123" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A123" s="10"/>
       <c r="B123" s="10"/>
       <c r="C123" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D123" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E123" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F123" s="10"/>
     </row>
     <row r="124" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A124" s="10"/>
       <c r="B124" s="10"/>
       <c r="C124" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D124" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E124" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F124" s="10"/>
     </row>
     <row r="125" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A125" s="10"/>
       <c r="B125" s="10"/>
       <c r="C125" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D125" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E125" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F125" s="10"/>
     </row>
     <row r="126" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A126" s="10"/>
       <c r="B126" s="10"/>
       <c r="C126" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D126" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E126" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F126" s="10"/>
     </row>
     <row r="127" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A127" s="10"/>
       <c r="B127" s="10"/>
       <c r="C127" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D127" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E127" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F127" s="10"/>
     </row>
     <row r="128" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A128" s="10"/>
       <c r="B128" s="10"/>
       <c r="C128" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D128" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E128" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F128" s="10"/>
     </row>
     <row r="129" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A129" s="10"/>
       <c r="B129" s="10"/>
       <c r="C129" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D129" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E129" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F129" s="10"/>
     </row>
     <row r="130" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A130" s="10"/>
       <c r="B130" s="10"/>
       <c r="C130" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D130" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E130" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F130" s="10"/>
     </row>
     <row r="131" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A131" s="10"/>
       <c r="B131" s="10"/>
       <c r="C131" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D131" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E131" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F131" s="10"/>
     </row>
     <row r="132" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A132" s="10"/>
       <c r="B132" s="10"/>
       <c r="C132" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D132" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E132" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F132" s="10"/>
     </row>
     <row r="133" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A133" s="10">
         <v>8</v>
       </c>
       <c r="B133" s="11">
-        <v>45981</v>
+        <v>45995</v>
       </c>
       <c r="C133" s="10"/>
       <c r="D133" s="10"/>
       <c r="E133" s="10"/>
       <c r="F133" s="10"/>
     </row>
     <row r="134" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A134" s="10"/>
       <c r="B134" s="10"/>
       <c r="C134" s="12" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D134" s="12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="E134" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F134" s="10"/>
     </row>
     <row r="135" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A135" s="10"/>
       <c r="B135" s="10"/>
       <c r="C135" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D135" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E135" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F135" s="10"/>
     </row>
     <row r="136" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A136" s="10"/>
       <c r="B136" s="10"/>
       <c r="C136" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D136" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E136" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F136" s="10"/>
     </row>
     <row r="137" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A137" s="10"/>
       <c r="B137" s="10"/>
       <c r="C137" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D137" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E137" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F137" s="10"/>
     </row>
     <row r="138" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A138" s="10"/>
       <c r="B138" s="10"/>
       <c r="C138" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D138" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E138" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F138" s="10"/>
     </row>
     <row r="139" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A139" s="10"/>
       <c r="B139" s="10"/>
       <c r="C139" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D139" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E139" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F139" s="10"/>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A140" s="10"/>
       <c r="B140" s="10"/>
       <c r="C140" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D140" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E140" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F140" s="10"/>
     </row>
     <row r="141" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A141" s="10"/>
       <c r="B141" s="10"/>
       <c r="C141" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D141" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E141" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F141" s="10"/>
     </row>
     <row r="142" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A142" s="10"/>
       <c r="B142" s="10"/>
       <c r="C142" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D142" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E142" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F142" s="10"/>
     </row>
     <row r="143" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A143" s="10"/>
       <c r="B143" s="10"/>
       <c r="C143" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D143" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E143" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F143" s="10"/>
     </row>
     <row r="144" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A144" s="10">
         <v>9</v>
       </c>
       <c r="B144" s="11">
-        <v>45995</v>
+        <v>46002</v>
       </c>
       <c r="C144" s="10"/>
       <c r="D144" s="10"/>
       <c r="E144" s="10"/>
       <c r="F144" s="10"/>
     </row>
     <row r="145" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A145" s="10"/>
       <c r="B145" s="10"/>
       <c r="C145" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="D145" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E145" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F145" s="10"/>
     </row>
     <row r="146" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A146" s="10"/>
       <c r="B146" s="10"/>
       <c r="C146" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D146" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E146" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F146" s="10"/>
     </row>
     <row r="147" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A147" s="10"/>
       <c r="B147" s="10"/>
       <c r="C147" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D147" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E147" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F147" s="10"/>
     </row>
     <row r="148" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A148" s="10"/>
       <c r="B148" s="10"/>
       <c r="C148" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D148" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E148" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F148" s="10"/>
     </row>
     <row r="149" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A149" s="10"/>
       <c r="B149" s="10"/>
       <c r="C149" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D149" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E149" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F149" s="10"/>
     </row>
     <row r="150" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A150" s="10"/>
       <c r="B150" s="10"/>
       <c r="C150" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D150" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E150" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F150" s="10"/>
     </row>
     <row r="151" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A151" s="10"/>
       <c r="B151" s="10"/>
       <c r="C151" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D151" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E151" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F151" s="10"/>
     </row>
     <row r="152" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A152" s="10"/>
       <c r="B152" s="10"/>
       <c r="C152" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D152" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E152" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F152" s="10"/>
     </row>
     <row r="153" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A153" s="10"/>
       <c r="B153" s="10"/>
       <c r="C153" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D153" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E153" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F153" s="10"/>
     </row>
     <row r="154" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A154" s="10"/>
       <c r="B154" s="10"/>
       <c r="C154" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D154" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E154" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F154" s="10"/>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A155" s="10">
         <v>10</v>
       </c>
       <c r="B155" s="11">
-        <v>46002</v>
+        <v>46009</v>
       </c>
       <c r="C155" s="10"/>
       <c r="D155" s="10"/>
       <c r="E155" s="10"/>
       <c r="F155" s="10"/>
     </row>
     <row r="156" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A156" s="10"/>
       <c r="B156" s="10"/>
       <c r="C156" s="12" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D156" s="12" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="E156" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F156" s="10"/>
     </row>
     <row r="157" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A157" s="10"/>
       <c r="B157" s="10"/>
       <c r="C157" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D157" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E157" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F157" s="10"/>
     </row>
     <row r="158" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A158" s="10"/>
       <c r="B158" s="10"/>
       <c r="C158" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D158" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E158" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F158" s="10"/>
     </row>
     <row r="159" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A159" s="10"/>
       <c r="B159" s="10"/>
       <c r="C159" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D159" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E159" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F159" s="10"/>
     </row>
     <row r="160" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A160" s="10"/>
       <c r="B160" s="10"/>
       <c r="C160" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D160" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E160" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F160" s="10"/>
     </row>
     <row r="161" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A161" s="10"/>
       <c r="B161" s="10"/>
       <c r="C161" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D161" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E161" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F161" s="10"/>
     </row>
     <row r="162" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A162" s="10"/>
       <c r="B162" s="10"/>
       <c r="C162" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D162" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E162" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F162" s="10"/>
     </row>
     <row r="163" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A163" s="10"/>
       <c r="B163" s="10"/>
       <c r="C163" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D163" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E163" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F163" s="10"/>
     </row>
     <row r="164" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A164" s="10"/>
       <c r="B164" s="10"/>
       <c r="C164" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D164" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E164" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F164" s="10"/>
     </row>
     <row r="165" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A165" s="10"/>
       <c r="B165" s="10"/>
       <c r="C165" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D165" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E165" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F165" s="10"/>
     </row>
     <row r="166" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A166" s="10">
         <v>11</v>
       </c>
       <c r="B166" s="11">
-        <v>46009</v>
+        <v>46030</v>
       </c>
       <c r="C166" s="10"/>
       <c r="D166" s="10"/>
       <c r="E166" s="10"/>
       <c r="F166" s="10"/>
     </row>
     <row r="167" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A167" s="10"/>
       <c r="B167" s="10"/>
       <c r="C167" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D167" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E167" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F167" s="10"/>
     </row>
     <row r="168" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A168" s="10"/>
       <c r="B168" s="10"/>
       <c r="C168" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D168" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E168" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F168" s="10"/>
     </row>
     <row r="169" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A169" s="10"/>
       <c r="B169" s="10"/>
       <c r="C169" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D169" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E169" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F169" s="10"/>
     </row>
     <row r="170" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A170" s="10"/>
       <c r="B170" s="10"/>
       <c r="C170" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D170" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E170" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F170" s="10"/>
     </row>
     <row r="171" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A171" s="10"/>
       <c r="B171" s="10"/>
       <c r="C171" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D171" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E171" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F171" s="10"/>
     </row>
     <row r="172" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A172" s="10"/>
       <c r="B172" s="10"/>
       <c r="C172" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D172" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E172" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F172" s="10"/>
     </row>
     <row r="173" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A173" s="10"/>
       <c r="B173" s="10"/>
       <c r="C173" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D173" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E173" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F173" s="10"/>
     </row>
     <row r="174" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A174" s="10"/>
       <c r="B174" s="10"/>
       <c r="C174" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D174" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E174" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F174" s="10"/>
     </row>
     <row r="175" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A175" s="10"/>
       <c r="B175" s="10"/>
       <c r="C175" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D175" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E175" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F175" s="10"/>
     </row>
     <row r="176" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A176" s="10"/>
       <c r="B176" s="10"/>
       <c r="C176" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D176" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E176" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F176" s="10"/>
     </row>
     <row r="177" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A177" s="10">
         <v>12</v>
       </c>
       <c r="B177" s="11">
-        <v>46030</v>
+        <v>46037</v>
       </c>
       <c r="C177" s="10"/>
       <c r="D177" s="10"/>
       <c r="E177" s="10"/>
       <c r="F177" s="10"/>
     </row>
     <row r="178" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A178" s="10"/>
       <c r="B178" s="10"/>
       <c r="C178" s="12" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D178" s="12" t="s">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="E178" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F178" s="10"/>
     </row>
     <row r="179" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A179" s="10"/>
       <c r="B179" s="10"/>
       <c r="C179" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D179" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E179" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F179" s="10"/>
     </row>
     <row r="180" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A180" s="10"/>
       <c r="B180" s="10"/>
       <c r="C180" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D180" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E180" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F180" s="10"/>
     </row>
     <row r="181" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A181" s="10"/>
       <c r="B181" s="10"/>
       <c r="C181" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D181" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E181" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F181" s="10"/>
     </row>
     <row r="182" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A182" s="10"/>
       <c r="B182" s="10"/>
       <c r="C182" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D182" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E182" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F182" s="10"/>
     </row>
     <row r="183" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A183" s="10"/>
       <c r="B183" s="10"/>
       <c r="C183" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D183" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E183" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F183" s="10"/>
     </row>
     <row r="184" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A184" s="10"/>
       <c r="B184" s="10"/>
       <c r="C184" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D184" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E184" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F184" s="10"/>
     </row>
     <row r="185" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A185" s="10"/>
       <c r="B185" s="10"/>
       <c r="C185" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D185" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E185" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F185" s="10"/>
     </row>
     <row r="186" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A186" s="10"/>
       <c r="B186" s="10"/>
       <c r="C186" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D186" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E186" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F186" s="10"/>
     </row>
     <row r="187" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A187" s="10"/>
       <c r="B187" s="10"/>
       <c r="C187" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D187" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E187" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F187" s="10"/>
     </row>
     <row r="188" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A188" s="10">
         <v>13</v>
       </c>
       <c r="B188" s="11">
-        <v>46037</v>
+        <v>46044</v>
       </c>
       <c r="C188" s="10"/>
       <c r="D188" s="10"/>
       <c r="E188" s="10"/>
       <c r="F188" s="10"/>
     </row>
     <row r="189" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A189" s="10"/>
       <c r="B189" s="10"/>
       <c r="C189" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D189" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E189" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F189" s="10"/>
     </row>
     <row r="190" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A190" s="10"/>
       <c r="B190" s="10"/>
       <c r="C190" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D190" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E190" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F190" s="10"/>
     </row>
     <row r="191" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A191" s="10"/>
       <c r="B191" s="10"/>
       <c r="C191" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D191" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E191" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F191" s="10"/>
     </row>
     <row r="192" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A192" s="10"/>
       <c r="B192" s="10"/>
       <c r="C192" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D192" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E192" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F192" s="10"/>
     </row>
     <row r="193" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A193" s="10"/>
       <c r="B193" s="10"/>
       <c r="C193" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D193" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E193" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F193" s="10"/>
     </row>
     <row r="194" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A194" s="10"/>
       <c r="B194" s="10"/>
       <c r="C194" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D194" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E194" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F194" s="10"/>
     </row>
     <row r="195" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A195" s="10"/>
       <c r="B195" s="10"/>
       <c r="C195" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D195" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E195" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F195" s="10"/>
     </row>
     <row r="196" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A196" s="10"/>
       <c r="B196" s="10"/>
       <c r="C196" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D196" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E196" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F196" s="10"/>
     </row>
     <row r="197" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A197" s="10"/>
       <c r="B197" s="10"/>
       <c r="C197" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D197" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E197" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F197" s="10"/>
     </row>
     <row r="198" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A198" s="10"/>
       <c r="B198" s="10"/>
       <c r="C198" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D198" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E198" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F198" s="10"/>
     </row>
     <row r="199" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A199" s="10">
         <v>14</v>
       </c>
       <c r="B199" s="11">
-        <v>46044</v>
+        <v>46051</v>
       </c>
       <c r="C199" s="10"/>
       <c r="D199" s="10"/>
       <c r="E199" s="10"/>
       <c r="F199" s="10"/>
     </row>
     <row r="200" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A200" s="10"/>
       <c r="B200" s="10"/>
       <c r="C200" s="12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D200" s="12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E200" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F200" s="10"/>
     </row>
     <row r="201" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A201" s="10"/>
       <c r="B201" s="10"/>
       <c r="C201" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D201" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="E201" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F201" s="10"/>
     </row>
     <row r="202" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A202" s="10"/>
       <c r="B202" s="10"/>
       <c r="C202" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D202" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E202" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F202" s="10"/>
     </row>
     <row r="203" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A203" s="10"/>
       <c r="B203" s="10"/>
       <c r="C203" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D203" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E203" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F203" s="10"/>
     </row>
     <row r="204" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A204" s="10"/>
       <c r="B204" s="10"/>
       <c r="C204" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D204" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E204" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F204" s="10"/>
     </row>
     <row r="205" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A205" s="10"/>
       <c r="B205" s="10"/>
       <c r="C205" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D205" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E205" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F205" s="10"/>
     </row>
     <row r="206" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A206" s="10"/>
       <c r="B206" s="10"/>
       <c r="C206" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D206" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E206" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F206" s="10"/>
     </row>
     <row r="207" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A207" s="10"/>
       <c r="B207" s="10"/>
       <c r="C207" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D207" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E207" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F207" s="10"/>
     </row>
     <row r="208" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A208" s="10"/>
       <c r="B208" s="10"/>
       <c r="C208" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D208" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E208" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F208" s="10"/>
     </row>
     <row r="209" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A209" s="10"/>
       <c r="B209" s="10"/>
       <c r="C209" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D209" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E209" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F209" s="10"/>
     </row>
     <row r="210" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A210" s="10">
         <v>15</v>
       </c>
       <c r="B210" s="11">
-        <v>46051</v>
+        <v>46058</v>
       </c>
       <c r="C210" s="10"/>
       <c r="D210" s="10"/>
       <c r="E210" s="10"/>
       <c r="F210" s="10"/>
     </row>
     <row r="211" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A211" s="10"/>
       <c r="B211" s="10"/>
       <c r="C211" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="E211" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F211" s="10"/>
     </row>
     <row r="212" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A212" s="10"/>
       <c r="B212" s="10"/>
       <c r="C212" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D212" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E212" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F212" s="10"/>
     </row>
     <row r="213" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A213" s="10"/>
       <c r="B213" s="10"/>
       <c r="C213" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D213" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="E213" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F213" s="10"/>
     </row>
     <row r="214" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A214" s="10"/>
       <c r="B214" s="10"/>
       <c r="C214" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D214" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E214" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F214" s="10"/>
     </row>
     <row r="215" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A215" s="10"/>
       <c r="B215" s="10"/>
       <c r="C215" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D215" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="E215" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F215" s="10"/>
     </row>
     <row r="216" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A216" s="10"/>
       <c r="B216" s="10"/>
       <c r="C216" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D216" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E216" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F216" s="10"/>
     </row>
     <row r="217" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A217" s="10"/>
       <c r="B217" s="10"/>
       <c r="C217" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D217" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E217" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F217" s="10"/>
     </row>
     <row r="218" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A218" s="10"/>
       <c r="B218" s="10"/>
       <c r="C218" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D218" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E218" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F218" s="10"/>
     </row>
     <row r="219" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A219" s="10"/>
       <c r="B219" s="10"/>
       <c r="C219" s="12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D219" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E219" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F219" s="10"/>
     </row>
     <row r="220" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A220" s="10"/>
       <c r="B220" s="10"/>
       <c r="C220" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D220" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E220" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F220" s="10"/>
     </row>
     <row r="221" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A221" s="10">
         <v>16</v>
       </c>
       <c r="B221" s="11">
-        <v>46058</v>
+        <v>46065</v>
       </c>
       <c r="C221" s="10"/>
       <c r="D221" s="10"/>
       <c r="E221" s="10"/>
       <c r="F221" s="10"/>
     </row>
     <row r="222" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A222" s="10"/>
       <c r="B222" s="10"/>
       <c r="C222" s="12" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D222" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E222" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F222" s="10"/>
     </row>
     <row r="223" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A223" s="10"/>
       <c r="B223" s="10"/>
       <c r="C223" s="12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D223" s="12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E223" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F223" s="10"/>
     </row>
     <row r="224" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A224" s="10"/>
       <c r="B224" s="10"/>
       <c r="C224" s="12" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D224" s="12" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E224" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F224" s="10"/>
     </row>
     <row r="225" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A225" s="10"/>
       <c r="B225" s="10"/>
       <c r="C225" s="12" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D225" s="12" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="E225" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F225" s="10"/>
     </row>
     <row r="226" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A226" s="10"/>
       <c r="B226" s="10"/>
       <c r="C226" s="12" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="D226" s="12" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E226" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F226" s="10"/>
     </row>
     <row r="227" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A227" s="10"/>
       <c r="B227" s="10"/>
       <c r="C227" s="12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D227" s="12" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E227" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F227" s="10"/>
     </row>
     <row r="228" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A228" s="10"/>
       <c r="B228" s="10"/>
       <c r="C228" s="12" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D228" s="12" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E228" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F228" s="10"/>
     </row>
     <row r="229" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A229" s="10"/>
       <c r="B229" s="10"/>
       <c r="C229" s="12" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D229" s="12" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="E229" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F229" s="10"/>
     </row>
     <row r="230" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A230" s="10"/>
       <c r="B230" s="10"/>
       <c r="C230" s="12" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D230" s="12" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E230" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F230" s="10"/>
     </row>
     <row r="231" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A231" s="10"/>
       <c r="B231" s="10"/>
       <c r="C231" s="12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D231" s="12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E231" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F231" s="10"/>
     </row>
     <row r="232" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A232" s="10">
         <v>17</v>
       </c>
       <c r="B232" s="11">
-        <v>46065</v>
+        <v>46072</v>
       </c>
       <c r="C232" s="10"/>
       <c r="D232" s="10"/>
       <c r="E232" s="10"/>
       <c r="F232" s="10"/>
     </row>
     <row r="233" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A233" s="10"/>
       <c r="B233" s="10"/>
       <c r="C233" s="12" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D233" s="12" t="s">
         <v>31</v>
       </c>
       <c r="E233" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F233" s="10"/>
     </row>
     <row r="234" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A234" s="10"/>
       <c r="B234" s="10"/>
       <c r="C234" s="12" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="D234" s="12" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E234" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F234" s="10"/>
     </row>
     <row r="235" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A235" s="10"/>
       <c r="B235" s="10"/>
       <c r="C235" s="12" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D235" s="12" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="E235" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F235" s="10"/>
     </row>
     <row r="236" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A236" s="10"/>
       <c r="B236" s="10"/>
       <c r="C236" s="12" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D236" s="12" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E236" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F236" s="10"/>
     </row>
     <row r="237" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A237" s="10"/>
       <c r="B237" s="10"/>
       <c r="C237" s="12" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D237" s="12" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E237" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F237" s="10"/>
     </row>
     <row r="238" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A238" s="10"/>
       <c r="B238" s="10"/>
       <c r="C238" s="12" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D238" s="12" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E238" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F238" s="10"/>
     </row>
     <row r="239" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A239" s="10"/>
       <c r="B239" s="10"/>
       <c r="C239" s="12" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D239" s="12" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E239" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F239" s="10"/>
     </row>
     <row r="240" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A240" s="10"/>
       <c r="B240" s="10"/>
       <c r="C240" s="12" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="D240" s="12" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E240" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F240" s="10"/>
     </row>
     <row r="241" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A241" s="10"/>
       <c r="B241" s="10"/>
       <c r="C241" s="12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D241" s="12" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="E241" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F241" s="10"/>
     </row>
     <row r="242" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A242" s="10"/>
       <c r="B242" s="10"/>
       <c r="C242" s="12" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D242" s="12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E242" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F242" s="10"/>
     </row>
     <row r="243" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A243" s="10">
         <v>18</v>
       </c>
       <c r="B243" s="11">
-        <v>46072</v>
+        <v>46079</v>
       </c>
       <c r="C243" s="10"/>
       <c r="D243" s="10"/>
       <c r="E243" s="10"/>
       <c r="F243" s="10"/>
     </row>
     <row r="244" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A244" s="10"/>
       <c r="B244" s="10"/>
       <c r="C244" s="12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D244" s="12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E244" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F244" s="10"/>
     </row>
     <row r="245" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A245" s="10"/>
       <c r="B245" s="10"/>
       <c r="C245" s="12" t="s">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="D245" s="12" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E245" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F245" s="10"/>
     </row>
     <row r="246" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A246" s="10"/>
       <c r="B246" s="10"/>
       <c r="C246" s="12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D246" s="12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="E246" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F246" s="10"/>
     </row>
     <row r="247" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A247" s="10"/>
       <c r="B247" s="10"/>
       <c r="C247" s="12" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="D247" s="12" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E247" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F247" s="10"/>
     </row>
     <row r="248" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A248" s="10"/>
       <c r="B248" s="10"/>
       <c r="C248" s="12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D248" s="12" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E248" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F248" s="10"/>
     </row>
     <row r="249" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A249" s="10"/>
       <c r="B249" s="10"/>
       <c r="C249" s="12" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D249" s="12" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E249" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F249" s="10"/>
     </row>
     <row r="250" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A250" s="10"/>
       <c r="B250" s="10"/>
       <c r="C250" s="12" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D250" s="12" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E250" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F250" s="10"/>
     </row>
     <row r="251" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A251" s="10"/>
       <c r="B251" s="10"/>
       <c r="C251" s="12" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D251" s="12" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E251" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F251" s="10"/>
     </row>
     <row r="252" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A252" s="10"/>
       <c r="B252" s="10"/>
       <c r="C252" s="12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D252" s="12" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E252" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F252" s="10"/>
     </row>
     <row r="253" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A253" s="10"/>
       <c r="B253" s="10"/>
       <c r="C253" s="12" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D253" s="12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E253" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F253" s="10"/>
     </row>
     <row r="254" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A254" s="10">
         <v>19</v>
       </c>
       <c r="B254" s="11">
-        <v>46079</v>
+        <v>46086</v>
       </c>
       <c r="C254" s="10"/>
       <c r="D254" s="10"/>
       <c r="E254" s="10"/>
       <c r="F254" s="10"/>
     </row>
     <row r="255" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A255" s="10"/>
       <c r="B255" s="10"/>
       <c r="C255" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D255" s="12" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E255" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F255" s="10"/>
     </row>
     <row r="256" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A256" s="10"/>
       <c r="B256" s="10"/>
       <c r="C256" s="12" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D256" s="12" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E256" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F256" s="10"/>
     </row>
     <row r="257" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A257" s="10"/>
       <c r="B257" s="10"/>
       <c r="C257" s="12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D257" s="12" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E257" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F257" s="10"/>
     </row>
     <row r="258" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A258" s="10"/>
       <c r="B258" s="10"/>
       <c r="C258" s="12" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="D258" s="12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E258" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F258" s="10"/>
     </row>
     <row r="259" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A259" s="10"/>
       <c r="B259" s="10"/>
       <c r="C259" s="12" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="D259" s="12" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E259" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F259" s="10"/>
     </row>
     <row r="260" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A260" s="10"/>
       <c r="B260" s="10"/>
       <c r="C260" s="12" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D260" s="12" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E260" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F260" s="10"/>
     </row>
     <row r="261" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A261" s="10"/>
       <c r="B261" s="10"/>
       <c r="C261" s="12" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D261" s="12" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E261" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F261" s="10"/>
     </row>
     <row r="262" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A262" s="10"/>
       <c r="B262" s="10"/>
       <c r="C262" s="12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D262" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E262" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F262" s="10"/>
     </row>
     <row r="263" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A263" s="10"/>
       <c r="B263" s="10"/>
       <c r="C263" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D263" s="12" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E263" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F263" s="10"/>
     </row>
     <row r="264" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A264" s="10"/>
       <c r="B264" s="10"/>
       <c r="C264" s="12" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D264" s="12" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E264" s="12" t="s">
         <v>12</v>
       </c>
       <c r="F264" s="10"/>
     </row>
     <row r="266" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A266" s="13" t="s">
         <v>40</v>
       </c>
       <c r="B266" s="14"/>
       <c r="C266" s="14"/>
       <c r="D266" s="14"/>
       <c r="E266" s="14"/>
       <c r="F266" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="83">
     <mergeCell ref="A49:A50"/>
     <mergeCell ref="B49:B50"/>
     <mergeCell ref="D49:D50"/>
     <mergeCell ref="E49:E50"/>
     <mergeCell ref="A266:F266"/>
     <mergeCell ref="A45:A46"/>
     <mergeCell ref="B45:B46"/>
@@ -4798,65 +4803,67 @@
     <mergeCell ref="E23:E24"/>
     <mergeCell ref="A17:A18"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="D17:D18"/>
     <mergeCell ref="E17:E18"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="D19:D20"/>
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="A13:A14"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="D13:D14"/>
     <mergeCell ref="E13:E14"/>
     <mergeCell ref="A15:A16"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="D15:D16"/>
     <mergeCell ref="E15:E16"/>
     <mergeCell ref="A1:A3"/>
     <mergeCell ref="C1:C3"/>
     <mergeCell ref="A11:A12"/>
     <mergeCell ref="B11:B12"/>
     <mergeCell ref="D11:D12"/>
     <mergeCell ref="E11:E12"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <drawing r:id="rId1"/>
+  <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MTRF25-20251003-report (2)</vt:lpstr>
+      <vt:lpstr>MTRF25-20260226-report (1)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>LeagueLeader Report - Schedule Report for MTRF25 - Maple Tavern Thursday F25</dc:title>
   <dc:creator>Dart Computer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>